--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c7482e29bba4ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38d0021351d4e52" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R81e5e4d86f644515"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cbed35eec104418"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5f8206149c0e48ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R81e5e4d86f644515" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486fc2be34cf4da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cbed35eec104418" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Galderma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>98,970</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,460</x:t>
-[...247 lines deleted...]
-          <x:t>99,980</x:t>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>101,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>