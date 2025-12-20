--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf38d0021351d4e52" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra191b54c91064cf7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cbed35eec104418"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31fff0431d514be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R486fc2be34cf4da3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cbed35eec104418" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c3d0be29834246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31fff0431d514be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Galderma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>99,980</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>29.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,125</x:t>
-[...75 lines deleted...]
-          <x:t>101,485</x:t>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,485</x:t>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.11.2025</x:t>
-[...343 lines deleted...]
-          <x:t>100,765</x:t>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>