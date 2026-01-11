--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra191b54c91064cf7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126f773cc24d42a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31fff0431d514be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50dff06c52bc4c68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28c3d0be29834246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31fff0431d514be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2ec23516034e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50dff06c52bc4c68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Galderma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>99,870</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>99,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>