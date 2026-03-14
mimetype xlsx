--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126f773cc24d42a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R64bec26a2d3a457d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50dff06c52bc4c68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra77679754de74b60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f2ec23516034e0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50dff06c52bc4c68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd029d4cee424496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra77679754de74b60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Galderma</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741419</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...188 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,280</x:t>
-[...252 lines deleted...]
-          <x:t>100,330</x:t>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>