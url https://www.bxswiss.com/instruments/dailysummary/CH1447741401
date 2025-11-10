--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb049dbfddeb543a4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62bbdca275364360" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac09042a188d4c84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e49c4be1bd94a14"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb13820417bd43a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac09042a188d4c84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R327a240f3d4941d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e49c4be1bd94a14" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...51 lines deleted...]
-          <x:t>97,390</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,440</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,270</x:t>
-[...333 lines deleted...]
-          <x:t>96,780</x:t>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>