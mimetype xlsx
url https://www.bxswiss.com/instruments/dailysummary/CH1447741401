--- v1 (2025-11-10)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62bbdca275364360" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R051e47dc54194d04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e49c4be1bd94a14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671586e2932f4fac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R327a240f3d4941d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e49c4be1bd94a14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5190246e890a46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671586e2932f4fac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>88,320</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>