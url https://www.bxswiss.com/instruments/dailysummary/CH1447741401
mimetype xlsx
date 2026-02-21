--- v2 (2025-12-27)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R051e47dc54194d04" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2fe445aabd284a88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671586e2932f4fac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R712fc843850742ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5190246e890a46a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671586e2932f4fac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6801ff60f94c4e8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R712fc843850742ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.20% p.a. Barrier Reverse Convertible on Oracle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741401</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...559 lines deleted...]
-          <x:t>73,660</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>