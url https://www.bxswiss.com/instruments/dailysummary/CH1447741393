--- v0 (2025-10-09)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4a7144914254852" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcc454395af4980" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R246f566826b74c06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc81f18061d43a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38c86e3293584d7f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R246f566826b74c06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0ce9c6204049ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc81f18061d43a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...249 lines deleted...]
-          <x:t>101,725</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,715</x:t>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,220</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...53 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,480</x:t>
-[...75 lines deleted...]
-          <x:t>102,910</x:t>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,850</x:t>
-[...11 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,175</x:t>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,060</x:t>
+          <x:t>103,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>