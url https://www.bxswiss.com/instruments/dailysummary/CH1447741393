--- v1 (2025-11-01)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3bcc454395af4980" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd9f5c4c32e42f8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fc81f18061d43a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c92677732af4e2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde0ce9c6204049ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fc81f18061d43a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb86174ab0748b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c92677732af4e2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>101,990</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,990</x:t>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,120</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,020</x:t>
-        </x:is>
-[...607 lines deleted...]
-          <x:t>103,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>