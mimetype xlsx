--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2bd9f5c4c32e42f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d6a45ef9f8e4d3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c92677732af4e2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19af0f56391f417e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbbb86174ab0748b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c92677732af4e2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f00dacb7d24ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19af0f56391f417e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,480</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>102,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,130</x:t>
-[...92 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,685</x:t>
-[...43 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,120</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>103,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,010</x:t>
-[...166 lines deleted...]
-          <x:t>102,020</x:t>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>