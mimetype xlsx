--- v3 (2025-12-20)
+++ v4 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d6a45ef9f8e4d3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3397377baad04814" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19af0f56391f417e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc76c279d5e5a4547"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57f00dacb7d24ab3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19af0f56391f417e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0231e4cc0a6b4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc76c279d5e5a4547" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,180</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>