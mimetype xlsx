--- v4 (2025-12-21)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3397377baad04814" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2501aa259341a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc76c279d5e5a4547"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827526cc83714ce0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0231e4cc0a6b4398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc76c279d5e5a4547" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d88a5685fcc4c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827526cc83714ce0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>102,160</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,110</x:t>
-[...6 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
-        </x:is>
-[...445 lines deleted...]
-          <x:t>101,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>