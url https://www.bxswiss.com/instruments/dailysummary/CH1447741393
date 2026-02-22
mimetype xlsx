--- v5 (2026-01-11)
+++ v6 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde2501aa259341a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e2ab0682e954960" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R827526cc83714ce0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc99520ee802440c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d88a5685fcc4c49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R827526cc83714ce0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2f420c4d174689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc99520ee802440c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,040</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>