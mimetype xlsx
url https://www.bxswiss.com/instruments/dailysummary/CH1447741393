--- v6 (2026-02-22)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e2ab0682e954960" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df9451a548746c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc99520ee802440c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b5afa50821d425e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e2f420c4d174689" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc99520ee802440c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0c1e3d6be0cb478e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b5afa50821d425e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Glencore</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741393</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,320</x:t>
-[...48 lines deleted...]
-          <x:t>102,290</x:t>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,290</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,310</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,290</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,230</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>102,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...107 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>19.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,340</x:t>
-[...31 lines deleted...]
-          <x:t>102,340</x:t>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>