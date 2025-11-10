--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0d6e0a38fef4f56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa27d8a02bde4022" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf02f8dab7deb4356"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9806f40955e14197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R610ce867ddf249b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf02f8dab7deb4356" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c4a421058f4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9806f40955e14197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,308 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...256 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,715</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -590,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>