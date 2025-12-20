--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa27d8a02bde4022" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce8e499ec0f424f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9806f40955e14197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b653a16838f4018"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75c4a421058f4ec1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9806f40955e14197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59354561fd5f45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b653a16838f4018" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>96,800</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>