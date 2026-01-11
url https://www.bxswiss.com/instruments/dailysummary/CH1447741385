--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce8e499ec0f424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b317e1462640d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b653a16838f4018"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b6689590c854d31"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59354561fd5f45a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b653a16838f4018" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1229b71492b4b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b6689590c854d31" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...41 lines deleted...]
-          <x:t>91,150</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,240</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...369 lines deleted...]
-          <x:t>90,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,650</x:t>
-        </x:is>
-[...214 lines deleted...]
-          <x:t>87,440</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>