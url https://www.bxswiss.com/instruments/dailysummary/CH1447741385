--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R51b317e1462640d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra740ad53d9b34999" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b6689590c854d31"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa9adb763444380"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc1229b71492b4b85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b6689590c854d31" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra7577134a1e8478b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa9adb763444380" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.40% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,550</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,105</x:t>
-[...409 lines deleted...]
-          <x:t>92,650</x:t>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>