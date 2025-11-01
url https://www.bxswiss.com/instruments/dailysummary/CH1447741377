--- v0 (2025-10-12)
+++ v1 (2025-11-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2f2f1fb44874ef0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285bf0b7008742ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rec2249a8471b4b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3781044abfe4c6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdbe5e04fea954a65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rec2249a8471b4b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb269eb8ac2242ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3781044abfe4c6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>100,715</x:t>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,170</x:t>
-[...60 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,250</x:t>
-[...151 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,100</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>98,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>