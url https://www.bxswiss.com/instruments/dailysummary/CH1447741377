--- v1 (2025-11-01)
+++ v2 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R285bf0b7008742ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815c6116990f4fae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3781044abfe4c6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4d58d0eb2449de"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb269eb8ac2242ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3781044abfe4c6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49909373bf6a49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4d58d0eb2449de" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,590</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>97,960</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,900</x:t>
-[...593 lines deleted...]
-          <x:t>97,650</x:t>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>