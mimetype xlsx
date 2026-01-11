--- v2 (2025-11-23)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815c6116990f4fae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37cdac0735a04200" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe4d58d0eb2449de"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad63a95aca24d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R49909373bf6a49d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe4d58d0eb2449de" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb05437fde79841dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad63a95aca24d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>94,840</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...244 lines deleted...]
-          <x:t>94,780</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>