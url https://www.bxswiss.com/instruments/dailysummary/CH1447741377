--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37cdac0735a04200" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea373b155294cb9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ad63a95aca24d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5644ac58db44a7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb05437fde79841dc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ad63a95aca24d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb6ab844d5804c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5644ac58db44a7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>93,680</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>93,200</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...92 lines deleted...]
-          <x:t>97,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>