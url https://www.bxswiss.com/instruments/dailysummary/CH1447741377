--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ea373b155294cb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0e36c829d6db482a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5644ac58db44a7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabfc26de368549bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb6ab844d5804c58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5644ac58db44a7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra97f96929ac1429d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabfc26de368549bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Tecan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741377</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,570</x:t>
-[...242 lines deleted...]
-          <x:t>92,660</x:t>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>91,920</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>93,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,000</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>93,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>