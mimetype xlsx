--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b41ba22d7d647c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac58a2ae6adf4044" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8fb6d007ce1b4064"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44805bbabb1347e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c002c2b34cc434f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8fb6d007ce1b4064" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88e4bb38e344eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44805bbabb1347e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,685</x:t>
-[...107 lines deleted...]
-          <x:t>102,340</x:t>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,715</x:t>
-[...269 lines deleted...]
-          <x:t>99,380</x:t>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>