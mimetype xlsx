--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac58a2ae6adf4044" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc919d9de9db14435" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44805bbabb1347e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49eea1fd691a4928"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb88e4bb38e344eb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44805bbabb1347e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab124f6cdb84d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49eea1fd691a4928" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...90 lines deleted...]
-          <x:t>101,455</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,365</x:t>
-[...539 lines deleted...]
-          <x:t>103,915</x:t>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>