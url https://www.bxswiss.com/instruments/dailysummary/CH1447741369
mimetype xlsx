--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc919d9de9db14435" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69d3725abbe346f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49eea1fd691a4928"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd34e3e5b3bfc4396"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ab124f6cdb84d69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49eea1fd691a4928" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d00da054d514e34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd34e3e5b3bfc4396" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.20% p.a. Barrier Reverse Convertible on Commerzbank</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741369</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...355 lines deleted...]
-          <x:t>100,985</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,235</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>100,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>