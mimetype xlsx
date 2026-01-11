--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72637758cda8486a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca6975ec6414977" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf34320c208334a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9838ff6bbf934b2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d263c85c8604df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf34320c208334a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94746eb7073042fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9838ff6bbf934b2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...70 lines deleted...]
-          <x:t>94,760</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,300</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,920</x:t>
-[...31 lines deleted...]
-          <x:t>96,150</x:t>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...64 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,170</x:t>
-[...220 lines deleted...]
-          <x:t>95,380</x:t>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>