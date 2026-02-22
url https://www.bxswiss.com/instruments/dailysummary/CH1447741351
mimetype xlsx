--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ca6975ec6414977" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ed8d19005f4dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9838ff6bbf934b2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bf571344864b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94746eb7073042fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9838ff6bbf934b2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5598f193d044459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bf571344864b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,910</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>