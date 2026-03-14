--- v2 (2026-02-22)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47ed8d19005f4dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad39f43fb8a44c23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43bf571344864b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1f91bf35c264212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5598f193d044459e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43bf571344864b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R50399eb1d4dd4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1f91bf35c264212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.80% p.a. Barrier Reverse Convertible on Bachem</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741351</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...333 lines deleted...]
-          <x:t>98,150</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...166 lines deleted...]
-          <x:t>96,670</x:t>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,400</x:t>
-[...85 lines deleted...]
-          <x:t>97,630</x:t>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>