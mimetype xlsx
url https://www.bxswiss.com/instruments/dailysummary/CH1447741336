--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4bfb0b1e8a64975" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca9f893bdc24679" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d234a5b950c484c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf443ecbfeef4744"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3a102974f3f4e6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d234a5b950c484c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e193386404a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf443ecbfeef4744" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...151 lines deleted...]
-          <x:t>97,150</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...188 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,300</x:t>
-[...63 lines deleted...]
-          <x:t>98,080</x:t>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>