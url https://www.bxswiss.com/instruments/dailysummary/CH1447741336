--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ca9f893bdc24679" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a55581b66904e7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf443ecbfeef4744"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be7f0c35bae4a8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf67e193386404a59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf443ecbfeef4744" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15717bea7794933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be7f0c35bae4a8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...14 lines deleted...]
-          <x:t>97,400</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>97,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,460</x:t>
-[...490 lines deleted...]
-          <x:t>95,400</x:t>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>