--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a55581b66904e7a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0ba7bdacd44197" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2be7f0c35bae4a8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bfcb78d97854944"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15717bea7794933" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2be7f0c35bae4a8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718e94d49d0a49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bfcb78d97854944" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>99,480</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,290</x:t>
-[...21 lines deleted...]
-          <x:t>99,810</x:t>
+          <x:t>98,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,380</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
-        </x:is>
-[...148 lines deleted...]
-          <x:t>99,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>