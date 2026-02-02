--- v3 (2026-01-10)
+++ v4 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a0ba7bdacd44197" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b86dd83d9d41ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3bfcb78d97854944"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4c884d285a470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R718e94d49d0a49cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3bfcb78d97854944" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4f57287cd74c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4c884d285a470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>99,380</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,720</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>98,610</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,520</x:t>
-[...227 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,180</x:t>
-[...171 lines deleted...]
-          <x:t>98,860</x:t>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>