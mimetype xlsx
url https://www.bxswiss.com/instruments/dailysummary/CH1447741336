--- v4 (2026-02-02)
+++ v5 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2b86dd83d9d41ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b1aaeb17c884301" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd4c884d285a470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f82d23492b4e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde4f57287cd74c6b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd4c884d285a470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb4e5ccdd4e34200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f82d23492b4e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,425</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>