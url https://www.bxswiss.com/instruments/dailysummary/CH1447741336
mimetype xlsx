--- v5 (2026-02-23)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b1aaeb17c884301" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28f498c2fd704226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57f82d23492b4e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc47de5b6e6644f5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb4e5ccdd4e34200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57f82d23492b4e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a429fd1f9934a36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc47de5b6e6644f5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741336</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>101,225</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,225</x:t>
-[...70 lines deleted...]
-          <x:t>101,615</x:t>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,615</x:t>
-[...335 lines deleted...]
-          <x:t>13.02.2026</x:t>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,000</x:t>
-[...85 lines deleted...]
-          <x:t>102,210</x:t>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>102,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,220</x:t>
-[...26 lines deleted...]
-          <x:t>102,200</x:t>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>