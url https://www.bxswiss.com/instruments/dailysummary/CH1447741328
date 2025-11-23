--- v0 (2025-11-02)
+++ v1 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra442e802a5f54a4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9323909894b498e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R656547e8ee98414c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c8e250a55548b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7727ca908edd4906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R656547e8ee98414c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3035872da7044362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c8e250a55548b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,330</x:t>
-[...53 lines deleted...]
-          <x:t>100,370</x:t>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,140</x:t>
-[...43 lines deleted...]
-          <x:t>99,690</x:t>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,350</x:t>
-[...362 lines deleted...]
-          <x:t>99,230</x:t>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
-        </x:is>
-[...116 lines deleted...]
-          <x:t>100,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>