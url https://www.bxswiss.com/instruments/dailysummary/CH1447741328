--- v1 (2025-11-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf9323909894b498e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af55214150e4460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98c8e250a55548b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30099289b6e74790"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3035872da7044362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98c8e250a55548b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd723fe0bc6bf48b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30099289b6e74790" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>99,230</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,420</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,310</x:t>
-[...11 lines deleted...]
-          <x:t>29.10.2025</x:t>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,160</x:t>
-[...242 lines deleted...]
-          <x:t>101,165</x:t>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,965</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,065</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>13.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,575</x:t>
-[...4 lines deleted...]
-          <x:t>101,385</x:t>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>99,600</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>