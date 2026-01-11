--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3af55214150e4460" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062bafd397e643e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30099289b6e74790"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72dd37dc310e4539"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd723fe0bc6bf48b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30099289b6e74790" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60df209f87db4ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72dd37dc310e4539" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>101,085</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>101,355</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,355</x:t>
-[...33 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,265</x:t>
-[...252 lines deleted...]
-          <x:t>100,925</x:t>
+          <x:t>101,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>