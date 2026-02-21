--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R062bafd397e643e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3941b46da54474a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72dd37dc310e4539"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15abee4bea7e4582"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60df209f87db4ac5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72dd37dc310e4539" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cbb5e3a63f8459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15abee4bea7e4582" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>102,190</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,595</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>102,120</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,910</x:t>
-[...156 lines deleted...]
-          <x:t>100,905</x:t>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,935</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,275</x:t>
-        </x:is>
-[...67 lines deleted...]
-          <x:t>101,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>