--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3941b46da54474a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9be984a144c4ebf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15abee4bea7e4582"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09a8c8a5f06d4f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cbb5e3a63f8459f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15abee4bea7e4582" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R266b1bcb030c4677" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09a8c8a5f06d4f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on EURO STOXX® Banks Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>21.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,205</x:t>
-[...533 lines deleted...]
-        <x:is>
           <x:t>100,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>101,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>