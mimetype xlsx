--- v0 (2025-10-20)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc815e2c92e44bb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b8d68a524b49b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfff4d5a820854ab0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re87bd01a45dd4d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b759e9a92a640b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfff4d5a820854ab0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be8437b3d1e4d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re87bd01a45dd4d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,472 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...51 lines deleted...]
-          <x:t>99,700</x:t>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,530</x:t>
-[...11 lines deleted...]
-          <x:t>99,520</x:t>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,140</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>99,900</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>