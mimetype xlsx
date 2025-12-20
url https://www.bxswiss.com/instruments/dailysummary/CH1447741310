--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20b8d68a524b49b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a886a9c5b5a49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re87bd01a45dd4d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf784e07b99644ff2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8be8437b3d1e4d60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re87bd01a45dd4d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68540f21109d4da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf784e07b99644ff2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>100,470</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,150</x:t>
-[...11 lines deleted...]
-          <x:t>99,930</x:t>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,860</x:t>
-[...11 lines deleted...]
-          <x:t>13.10.2025</x:t>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,840</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...524 lines deleted...]
-          <x:t>98,870</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>