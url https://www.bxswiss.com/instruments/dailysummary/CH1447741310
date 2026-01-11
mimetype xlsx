--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a886a9c5b5a49c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10bd1c3f3b154b63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf784e07b99644ff2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1671d89fd743c2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R68540f21109d4da1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf784e07b99644ff2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4107213856084b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1671d89fd743c2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...269 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>99,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,350</x:t>
-[...355 lines deleted...]
-          <x:t>100,170</x:t>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>