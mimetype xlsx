--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10bd1c3f3b154b63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370d469ce07d4f88" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d1671d89fd743c2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6556ecdd7d564f9f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4107213856084b10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d1671d89fd743c2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R224e16c3004843fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6556ecdd7d564f9f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>99,140</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,350</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>99,630</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>