--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R370d469ce07d4f88" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rde36d7e5f9a24dd2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6556ecdd7d564f9f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3229808a106c4dc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R224e16c3004843fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6556ecdd7d564f9f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9806b091356b46e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3229808a106c4dc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741310</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...122 lines deleted...]
-          <x:t>99,730</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>101,855</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,805</x:t>
-[...377 lines deleted...]
-          <x:t>102,330</x:t>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>