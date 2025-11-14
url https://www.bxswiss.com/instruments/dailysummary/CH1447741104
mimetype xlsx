--- v0 (2025-10-24)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3072fad635bf4f37" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b2deb9314f4ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65d8e7b534534901"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61eacff60cf74e53"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc51fd011092a451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65d8e7b534534901" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3424f2a9541a4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61eacff60cf74e53" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -324,31 +226,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>