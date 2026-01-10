--- v1 (2025-11-14)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R04b2deb9314f4ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re253cdf4f73a4907" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61eacff60cf74e53"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f6f6449b4c845b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3424f2a9541a4f77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61eacff60cf74e53" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17924ec8c16a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f6f6449b4c845b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...480 lines deleted...]
-          <x:t>101,855</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>