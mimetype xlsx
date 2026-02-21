--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re253cdf4f73a4907" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac03aac9a1104c48" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7f6f6449b4c845b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc52a9a53b1dd4d61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17924ec8c16a49ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7f6f6449b4c845b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394066974f9a4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc52a9a53b1dd4d61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>103,535</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,235</x:t>
-[...227 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,025</x:t>
-[...117 lines deleted...]
-          <x:t>104,075</x:t>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>