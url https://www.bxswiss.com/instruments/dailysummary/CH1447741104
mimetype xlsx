--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac03aac9a1104c48" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14f08d952aa04674" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc52a9a53b1dd4d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra52d8dee7a8f45f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R394066974f9a4065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc52a9a53b1dd4d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R037e734bd0ce4bc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra52d8dee7a8f45f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on UBS</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741104</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>