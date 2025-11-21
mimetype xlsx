--- v0 (2025-10-30)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3a5c991f2c9b4d77" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2578833f52ec46b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d5c5d58b3f44b56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a63a7d569c443b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe6d6b490530460a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d5c5d58b3f44b56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8325e1166ed7482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a63a7d569c443b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,148 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -384,31 +286,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>