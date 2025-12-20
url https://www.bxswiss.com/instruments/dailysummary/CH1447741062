--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2578833f52ec46b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f39795e7714d69" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a63a7d569c443b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94c50fadda443e3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8325e1166ed7482c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a63a7d569c443b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a99a994233941af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94c50fadda443e3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,573 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...34 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,665</x:t>
-[...4 lines deleted...]
-          <x:t>101,395</x:t>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,575</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>102,230</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,170</x:t>
-[...38 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,920</x:t>
-[...144 lines deleted...]
-          <x:t>101,755</x:t>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>