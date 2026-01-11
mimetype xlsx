--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34f39795e7714d69" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9996667b1d34a30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re94c50fadda443e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aeedba56b946fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a99a994233941af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re94c50fadda443e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re091e4c81be848b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aeedba56b946fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>102,440</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>102,540</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,900</x:t>
-[...75 lines deleted...]
-          <x:t>102,810</x:t>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>102,810</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,810</x:t>
-[...151 lines deleted...]
-          <x:t>103,100</x:t>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,100</x:t>
-[...11 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,295</x:t>
-[...63 lines deleted...]
-          <x:t>103,125</x:t>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>