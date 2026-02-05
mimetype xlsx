--- v3 (2026-01-11)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9996667b1d34a30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra282b156a0504615" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62aeedba56b946fb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd27791361e4dab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re091e4c81be848b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62aeedba56b946fb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b61c51274364e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd27791361e4dab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>102,820</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>103,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>