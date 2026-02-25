--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra282b156a0504615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381e8e97e75d481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd27791361e4dab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600eb55f66af46b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b61c51274364e74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd27791361e4dab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdadaf5394f7d4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600eb55f66af46b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,960</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>