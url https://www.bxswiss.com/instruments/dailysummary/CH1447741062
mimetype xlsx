--- v5 (2026-02-25)
+++ v6 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R381e8e97e75d481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899a0d9d6ce24b13" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R600eb55f66af46b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1322619c1c64439e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdadaf5394f7d4472" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R600eb55f66af46b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8590fcbabaef4ec3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1322619c1c64439e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Holcim</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447741062</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,428 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>