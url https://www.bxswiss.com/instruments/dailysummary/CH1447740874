--- v0 (2025-10-24)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R71b54e7c3a094f1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a430c8814b4bb5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e49e61b3647411b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac9ecbcc895248c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R458408f6e5e14b46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e49e61b3647411b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ccb411c0c24306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac9ecbcc895248c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>98,430</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,020</x:t>
-[...313 lines deleted...]
-          <x:t>97,530</x:t>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>98,070</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>