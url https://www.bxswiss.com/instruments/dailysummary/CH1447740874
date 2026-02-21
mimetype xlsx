--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00a430c8814b4bb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d042d8c70674ecd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac9ecbcc895248c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dbe69b60fd64e00"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7ccb411c0c24306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac9ecbcc895248c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2b52bf13294640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dbe69b60fd64e00" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>96,470</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>