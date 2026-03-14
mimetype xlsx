--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2d042d8c70674ecd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R046d63ff7e904eb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dbe69b60fd64e00"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8af86acc53574133"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe2b52bf13294640" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dbe69b60fd64e00" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb906d34a6944451f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8af86acc53574133" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Accelleron Industries</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740874</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,420</x:t>
-[...296 lines deleted...]
-          <x:t>99,620</x:t>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,680</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>100,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>