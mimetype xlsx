--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2537af4776304a1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09ca460d70b844b5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re7002b609d2445bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f98a6a61474d6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70df48b8095f47bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re7002b609d2445bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3967a2fc874986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f98a6a61474d6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.08% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,322 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...270 lines deleted...]
-        <x:is>
           <x:t>23.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,175</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -604,31 +332,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>