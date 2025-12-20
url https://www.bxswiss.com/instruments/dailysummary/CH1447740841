--- v1 (2025-10-24)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09ca460d70b844b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fffabefa7d453d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7f98a6a61474d6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc731f2fc2604463"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf3967a2fc874986" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7f98a6a61474d6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a09031c9af42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc731f2fc2604463" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.08% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...485 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,990</x:t>
-[...4 lines deleted...]
-          <x:t>95,320</x:t>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...127 lines deleted...]
-          <x:t>97,890</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>