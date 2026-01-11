--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14fffabefa7d453d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60fc36ee03c54535" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc731f2fc2604463"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4147534386a34d5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4a09031c9af42d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc731f2fc2604463" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9275d427ef84aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4147534386a34d5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.08% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...279 lines deleted...]
-          <x:t>96,300</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,980</x:t>
-[...80 lines deleted...]
-          <x:t>97,700</x:t>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,700</x:t>
-[...198 lines deleted...]
-          <x:t>96,540</x:t>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>