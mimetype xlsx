--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60fc36ee03c54535" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcc467ac9a7481a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4147534386a34d5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c91cacdb77447e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re9275d427ef84aa3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4147534386a34d5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cbec52537014d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c91cacdb77447e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.08% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>96,880</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>96,025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,640</x:t>
-[...377 lines deleted...]
-          <x:t>98,640</x:t>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>