--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9bcc467ac9a7481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R33d3cd8c9ae5448e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c91cacdb77447e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c5395ca873c4260"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cbec52537014d3f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c91cacdb77447e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2a6380ff6634913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c5395ca873c4260" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.08% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740841</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>