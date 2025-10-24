--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f66ee3d61b8426a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2e30e96e984b72" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cd221cd647c488a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843006f48ca044d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4321b073fd254ce7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cd221cd647c488a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cb558c28991486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843006f48ca044d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.48% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,295 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...243 lines deleted...]
-        <x:is>
           <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -604,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>