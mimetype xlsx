--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2e30e96e984b72" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe88fd5cf8794c0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R843006f48ca044d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbd6717c4e049b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7cb558c28991486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R843006f48ca044d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re981dc2f23a04d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbd6717c4e049b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.48% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>102,630</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,400</x:t>
-[...161 lines deleted...]
-          <x:t>102,770</x:t>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>103,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,930</x:t>
-[...431 lines deleted...]
-          <x:t>103,265</x:t>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>