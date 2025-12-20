--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe88fd5cf8794c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa004f7e47fc40f1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redbd6717c4e049b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e01fba7b054e8f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re981dc2f23a04d22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redbd6717c4e049b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34382b18d10f4892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e01fba7b054e8f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.48% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...527 lines deleted...]
-          <x:t>100,370</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>101,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>