--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa004f7e47fc40f1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ace5a89a624b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R24e01fba7b054e8f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53152b03dbf4bb0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34382b18d10f4892" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R24e01fba7b054e8f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ebb64b07b8945a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53152b03dbf4bb0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.48% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>92,970</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>91,700</x:t>
-[...75 lines deleted...]
-          <x:t>92,920</x:t>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...239 lines deleted...]
-          <x:t>89,190</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>