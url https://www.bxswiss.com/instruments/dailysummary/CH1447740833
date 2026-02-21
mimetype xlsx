--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90ace5a89a624b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R677fd6e864654b59" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re53152b03dbf4bb0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0e42211a8794d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ebb64b07b8945a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re53152b03dbf4bb0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb54e4afd081d4a6e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0e42211a8794d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.48% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740833</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>93,400</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,240</x:t>
-[...281 lines deleted...]
-          <x:t>92,080</x:t>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,080</x:t>
-[...112 lines deleted...]
-          <x:t>92,780</x:t>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>