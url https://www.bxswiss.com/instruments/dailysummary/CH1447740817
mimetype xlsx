--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb683a23af94eec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6cb65e1944b4999" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra54e99414b6d4191"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61efbc6ec1154a37"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed10aadf5664229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra54e99414b6d4191" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R269f7a56b0c24e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61efbc6ec1154a37" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...183 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,770</x:t>
-[...11 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,060</x:t>
-[...225 lines deleted...]
-          <x:t>101,825</x:t>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>