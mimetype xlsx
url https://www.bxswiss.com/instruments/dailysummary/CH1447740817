--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra6cb65e1944b4999" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608d6ba6f99944a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61efbc6ec1154a37"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b329d22bd7a4132"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R269f7a56b0c24e30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61efbc6ec1154a37" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf28e423e3fc4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b329d22bd7a4132" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...323 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,310</x:t>
-[...279 lines deleted...]
-          <x:t>99,580</x:t>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>