--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R608d6ba6f99944a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe59a45220994b0a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b329d22bd7a4132"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddabf556daec48ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf28e423e3fc4bb6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b329d22bd7a4132" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1846a436ee7843f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddabf556daec48ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...117 lines deleted...]
-          <x:t>103,415</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,175</x:t>
-[...512 lines deleted...]
-          <x:t>102,700</x:t>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>