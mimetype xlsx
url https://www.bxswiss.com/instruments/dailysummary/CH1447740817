--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe59a45220994b0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361f4c0aa0774067" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddabf556daec48ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdff8db1a7884dd6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1846a436ee7843f5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddabf556daec48ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319bf64b116c408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdff8db1a7884dd6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,325</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>103,945</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,405</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>103,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>