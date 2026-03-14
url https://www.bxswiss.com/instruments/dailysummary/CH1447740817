--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361f4c0aa0774067" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48bb526b4ce94709" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcdff8db1a7884dd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8f178bd9c8964f46"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R319bf64b116c408f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcdff8db1a7884dd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6df11f6745864f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8f178bd9c8964f46" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740817</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,080</x:t>
-[...625 lines deleted...]
-          <x:t>103,725</x:t>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>