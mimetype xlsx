--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R50a83af8859946b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8dfbaa895c4bdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c01d6bb423a432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1a191fdbac4866"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f17856101af4b87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c01d6bb423a432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R454babefcc3e407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1a191fdbac4866" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.25% p.a. Barrier Reverse Convertible on Nestlé</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,419 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>99,940</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,220</x:t>
-[...92 lines deleted...]
-          <x:t>98,720</x:t>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...197 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,990</x:t>
@@ -597,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>