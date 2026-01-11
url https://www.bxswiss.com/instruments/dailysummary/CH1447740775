--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce8dfbaa895c4bdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ff137df77d45e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf1a191fdbac4866"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe9fc3572b054286"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R454babefcc3e407e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf1a191fdbac4866" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd413c42aaa2a422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe9fc3572b054286" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.25% p.a. Barrier Reverse Convertible on Nestlé</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...41 lines deleted...]
-          <x:t>98,310</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>29.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,360</x:t>
-[...522 lines deleted...]
-          <x:t>101,855</x:t>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>