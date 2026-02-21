--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R18ff137df77d45e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f570a988794d23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe9fc3572b054286"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd12508359c146d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd413c42aaa2a422a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe9fc3572b054286" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2200784d269c4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd12508359c146d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.25% p.a. Barrier Reverse Convertible on Nestlé</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,060</x:t>
-[...53 lines deleted...]
-          <x:t>100,300</x:t>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...325 lines deleted...]
-          <x:t>98,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>