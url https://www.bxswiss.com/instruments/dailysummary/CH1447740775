--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f570a988794d23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7362903c52a46d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd12508359c146d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R433686eb656640bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2200784d269c4ce5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd12508359c146d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R982367a87c2741e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R433686eb656640bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4.25% p.a. Barrier Reverse Convertible on Nestlé</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740775</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,860</x:t>
-[...75 lines deleted...]
-          <x:t>100,390</x:t>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,340</x:t>
-[...106 lines deleted...]
-        <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.02.2026</x:t>
-[...46 lines deleted...]
-          <x:t>100,580</x:t>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>