--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6da346d0e8c4a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a81afda9b4d4db6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2436ac067bf34a0b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf730e974ce44da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb9f0cb5d7d044736" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2436ac067bf34a0b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f43e26ac974ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf730e974ce44da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.70% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,141 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -310,31 +219,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>