--- v1 (2025-11-10)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8a81afda9b4d4db6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b27e0e19b84f75" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf730e974ce44da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9a6c1358624362"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43f43e26ac974ef9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf730e974ce44da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42d9b99dc44488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9a6c1358624362" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.70% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>98,820</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>92,270</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>