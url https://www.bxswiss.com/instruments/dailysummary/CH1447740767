--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R10b27e0e19b84f75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e05b6856ecf4e6a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfb9a6c1358624362"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd0f5ab3bf7f49a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re42d9b99dc44488d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfb9a6c1358624362" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b844133c3944fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd0f5ab3bf7f49a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.70% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>95,020</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,810</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...440 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>