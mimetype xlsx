--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e05b6856ecf4e6a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e0bb74de524ffa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd0f5ab3bf7f49a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef93159001742d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45b844133c3944fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd0f5ab3bf7f49a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ae350626e84d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef93159001742d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.70% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...328 lines deleted...]
-          <x:t>99,310</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>102,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>