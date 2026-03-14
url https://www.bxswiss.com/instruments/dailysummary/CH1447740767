--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56e0bb74de524ffa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R29257fd214b947ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcef93159001742d7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9a7daa0de914de2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5ae350626e84d36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcef93159001742d7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R802ada2947c94e3a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9a7daa0de914de2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.70% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740767</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...301 lines deleted...]
-          <x:t>92,370</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,450</x:t>
-[...273 lines deleted...]
-        <x:is>
           <x:t>93,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,610</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>