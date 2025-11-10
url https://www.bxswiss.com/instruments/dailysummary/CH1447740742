--- v0 (2025-10-21)
+++ v1 (2025-11-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2ba418227964820" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad007cb340064b5a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf931eedb9f7848cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe25fff5fbd54dc9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c35778e7e5e4bea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf931eedb9f7848cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537b71e756bf4b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe25fff5fbd54dc9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,141 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...89 lines deleted...]
-        <x:is>
           <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
     </x:row>
@@ -310,31 +219,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>