--- v1 (2025-11-10)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad007cb340064b5a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f2820d610447dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe25fff5fbd54dc9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e0dc9ed0904ec0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R537b71e756bf4b69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe25fff5fbd54dc9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05573fa5fd974431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e0dc9ed0904ec0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.10.2025</x:t>
-[...183 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,135</x:t>
-[...252 lines deleted...]
-          <x:t>100,705</x:t>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>