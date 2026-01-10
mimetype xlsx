--- v2 (2025-12-21)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78f2820d610447dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bdfced659324fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54e0dc9ed0904ec0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2db81b13e1461e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05573fa5fd974431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54e0dc9ed0904ec0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb6f5fdca354cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2db81b13e1461e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,181 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...257 lines deleted...]
-          <x:t>105,580</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,835</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...199 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,275</x:t>
@@ -764,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>