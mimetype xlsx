--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1bdfced659324fcb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325703baf81144b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2db81b13e1461e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d9487f86a549da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbeb6f5fdca354cfa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2db81b13e1461e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86eead7d77b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d9487f86a549da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>107,520</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>