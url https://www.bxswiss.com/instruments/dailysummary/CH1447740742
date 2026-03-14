--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R325703baf81144b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe0e9ccfdf54fc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R58d9487f86a549da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb030c2f02c2d4f5d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re86eead7d77b4606" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R58d9487f86a549da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc55b47249ecd4a04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb030c2f02c2d4f5d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.00% p.a. Barrier Reverse Convertible on Albemarle</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740742</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>103,795</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,695</x:t>
-[...195 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,475</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,185</x:t>
-[...70 lines deleted...]
-          <x:t>103,255</x:t>
+          <x:t>103,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,010</x:t>
-[...328 lines deleted...]
-          <x:t>103,275</x:t>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>