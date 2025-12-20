--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bd4d0a78bfb4e29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8edaf58371e94407" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39d1c02ffdb14922"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b107222c994ad8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a345e47d481421e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39d1c02ffdb14922" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a74d2997534c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b107222c994ad8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.06% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...36 lines deleted...]
-          <x:t>101,930</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,275</x:t>
-[...43 lines deleted...]
-          <x:t>101,625</x:t>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,200</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>103,070</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>