--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8edaf58371e94407" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380aa46e80064ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R42b107222c994ad8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479ae3c005fc4be2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04a74d2997534c59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R42b107222c994ad8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa4caa4a2ec4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479ae3c005fc4be2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.06% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>98,650</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>97,780</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>