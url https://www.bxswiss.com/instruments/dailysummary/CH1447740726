--- v2 (2026-01-11)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R380aa46e80064ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R276a8f5f67554b04" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R479ae3c005fc4be2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7fbfb373662b498c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4aa4caa4a2ec4ae9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R479ae3c005fc4be2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3eaad12899754ac4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7fbfb373662b498c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.06% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740726</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>97,030</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>98,660</x:t>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>