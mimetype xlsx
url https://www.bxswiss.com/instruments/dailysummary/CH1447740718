--- v0 (2025-11-07)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3415b154b9724bd5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18534ddf9a0463b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25ef5834bf3a4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaac7664131b4abd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a8a499b2c84c63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25ef5834bf3a4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38f8e60bf11d49d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaac7664131b4abd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,513 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...65 lines deleted...]
-          <x:t>100,220</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...283 lines deleted...]
-          <x:t>100,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,910</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...109 lines deleted...]
-          <x:t>98,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>