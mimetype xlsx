--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re18534ddf9a0463b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a2da7ce0694020" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbaac7664131b4abd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc37109483864c3f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38f8e60bf11d49d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbaac7664131b4abd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5523f43f577948e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc37109483864c3f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,544 +149,112 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>98,700</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>