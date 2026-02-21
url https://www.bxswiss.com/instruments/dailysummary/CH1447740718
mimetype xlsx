--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68a2da7ce0694020" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c71867e845d491c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc37109483864c3f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954f4d456a9e4f20"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5523f43f577948e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc37109483864c3f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98eab0753d424065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954f4d456a9e4f20" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,740</x:t>
-[...4 lines deleted...]
-          <x:t>99,070</x:t>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>101,475</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>