--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c71867e845d491c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfccbeb18af374fa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R954f4d456a9e4f20"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a5b9d454df047b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98eab0753d424065" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R954f4d456a9e4f20" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4c98c65980e40af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a5b9d454df047b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.20% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740718</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,446 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...365 lines deleted...]
-          <x:t>96,480</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,970</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,990</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>