--- v0 (2025-10-02)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R727699726eab4da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce727939bcf745f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc1b1cd26eb94435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77bc9f1e5a34e4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13732e485ee24cfe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc1b1cd26eb94435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172bb78870234b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77bc9f1e5a34e4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.26% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...55 lines deleted...]
-          <x:t>11.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,590</x:t>
-[...16 lines deleted...]
-          <x:t>12.09.2025</x:t>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,610</x:t>
-[...360 lines deleted...]
-          <x:t>99,240</x:t>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>