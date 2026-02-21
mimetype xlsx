--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce727939bcf745f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c54226d9324f54" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re77bc9f1e5a34e4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R649d90a71a2e49fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R172bb78870234b98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re77bc9f1e5a34e4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cac0522aa6244f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R649d90a71a2e49fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.26% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,305</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>101,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...401 lines deleted...]
-          <x:t>100,805</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>