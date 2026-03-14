--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R77c54226d9324f54" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e58eae96f04734" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R649d90a71a2e49fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra31e251d32a8408f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cac0522aa6244f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R649d90a71a2e49fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra5e57f97e0ef432c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra31e251d32a8408f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.26% p.a. Barrier Reverse Convertible on Julius Bär</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>101,185</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,155</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>101,195</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,605</x:t>
-[...11 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>101,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,605</x:t>
-[...173 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,545</x:t>
-[...102 lines deleted...]
-          <x:t>101,940</x:t>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,880</x:t>
-[...4 lines deleted...]
-          <x:t>101,910</x:t>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>