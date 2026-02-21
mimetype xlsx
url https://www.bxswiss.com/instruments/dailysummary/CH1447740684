--- v0 (2026-01-10)
+++ v1 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c431e1f12c40bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9f0e030ee44b0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82ad9b2aa8544a5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b06080f3056408c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18138b5c09804750" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82ad9b2aa8544a5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc9f77864a64770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b06080f3056408c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.03% p.a. Barrier Reverse Convertible on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...478 lines deleted...]
-          <x:t>94,570</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>