--- v1 (2026-02-21)
+++ v2 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad9f0e030ee44b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8379a28d7264f64" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b06080f3056408c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R805b0d2174384670"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1dc9f77864a64770" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b06080f3056408c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5e12e21c0b2c4650" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R805b0d2174384670" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.03% p.a. Barrier Reverse Convertible on Swissquote</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740684</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>92,380</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,040</x:t>
-[...168 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,310</x:t>
-[...166 lines deleted...]
-          <x:t>86,360</x:t>
+          <x:t>88,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>87,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>