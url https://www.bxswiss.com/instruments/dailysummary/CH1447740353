--- v0 (2025-11-04)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40167cdd947d4c1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b01c42dd8149e9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40193e0c14f4416c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820fc4268546495f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c542e4894214eb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40193e0c14f4416c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44ac9f5e68c49ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820fc4268546495f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Alibaba ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,499 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...100 lines deleted...]
-          <x:t>96,930</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,550</x:t>
-[...102 lines deleted...]
-          <x:t>98,300</x:t>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...239 lines deleted...]
-          <x:t>97,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>