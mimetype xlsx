--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87b01c42dd8149e9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250c9ed501d74ac2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R820fc4268546495f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d3b5dde1cb4f75"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44ac9f5e68c49ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R820fc4268546495f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5357ee8d8e48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d3b5dde1cb4f75" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Alibaba ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>97,890</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,580</x:t>
-[...11 lines deleted...]
-          <x:t>96,960</x:t>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,540</x:t>
-[...133 lines deleted...]
-        <x:is>
           <x:t>96,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,520</x:t>
-[...21 lines deleted...]
-          <x:t>95,280</x:t>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,040</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...212 lines deleted...]
-          <x:t>96,820</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>