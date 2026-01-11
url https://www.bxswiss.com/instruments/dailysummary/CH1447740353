--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R250c9ed501d74ac2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaefd1f84651491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re2d3b5dde1cb4f75"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839ce4ef36d1475e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raa5357ee8d8e48e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re2d3b5dde1cb4f75" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R893f987f0a4b446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839ce4ef36d1475e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Alibaba ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,480</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>96,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,640</x:t>
-[...519 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>94,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,120</x:t>
-        </x:is>
-[...40 lines deleted...]
-          <x:t>95,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>