--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaefd1f84651491a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c9282db5904c6c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R839ce4ef36d1475e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b36f62ae68b4c47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R893f987f0a4b446d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R839ce4ef36d1475e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562d123bf193416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b36f62ae68b4c47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Alibaba ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,490</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>