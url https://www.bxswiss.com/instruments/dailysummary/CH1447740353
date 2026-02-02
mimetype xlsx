--- v4 (2026-01-11)
+++ v5 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra2c9282db5904c6c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001ee1017a6d44e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b36f62ae68b4c47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56297b36a8244083"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562d123bf193416c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b36f62ae68b4c47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bd6ce312a844c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56297b36a8244083" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Alibaba ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>96,760</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,490</x:t>
-[...404 lines deleted...]
-          <x:t>95,120</x:t>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>