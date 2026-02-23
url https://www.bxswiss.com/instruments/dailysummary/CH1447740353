--- v5 (2026-02-02)
+++ v6 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R001ee1017a6d44e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4cb17f5755494d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56297b36a8244083"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549c063f787f447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5bd6ce312a844c79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56297b36a8244083" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d1062af4a54acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549c063f787f447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Alibaba ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,565 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>96,230</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,600</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>97,150</x:t>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,940</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>94,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,980</x:t>
-[...463 lines deleted...]
-          <x:t>97,660</x:t>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>