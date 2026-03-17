--- v6 (2026-02-23)
+++ v7 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4cb17f5755494d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd0058ce5bc4893" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R549c063f787f447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R77ce1a0acc614eab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39d1062af4a54acc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R549c063f787f447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18215d928aed4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R77ce1a0acc614eab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Alibaba ADR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740353</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,740</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>