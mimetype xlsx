--- v0 (2025-11-03)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fb0072213504505" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b52cafbc3442b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f8dff136a9c4ae5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf17731b07b4ca2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94e8c57d86f14845" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f8dff136a9c4ae5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b95ea075ba14a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf17731b07b4ca2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...446 lines deleted...]
-          <x:t>92,850</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>