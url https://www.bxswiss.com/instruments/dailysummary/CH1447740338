--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09b52cafbc3442b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04ee68081844dc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdcf17731b07b4ca2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a92053f3c8409b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b95ea075ba14a48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdcf17731b07b4ca2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9c57cb3339447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a92053f3c8409b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,500</x:t>
-        </x:is>
-[...607 lines deleted...]
-          <x:t>79,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>