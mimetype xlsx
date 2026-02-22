--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc04ee68081844dc4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R521509965acf4aea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30a92053f3c8409b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dc66b4057ce4cf0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f9c57cb3339447d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30a92053f3c8409b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd431485a5f4a46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dc66b4057ce4cf0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>84,990</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,990</x:t>
-[...11 lines deleted...]
-          <x:t>84,250</x:t>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>83,690</x:t>
-[...409 lines deleted...]
-          <x:t>89,500</x:t>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>