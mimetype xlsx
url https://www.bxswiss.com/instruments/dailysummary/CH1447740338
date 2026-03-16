--- v3 (2026-02-22)
+++ v4 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R521509965acf4aea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec3379633df94246" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2dc66b4057ce4cf0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R121c236a2524449a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd431485a5f4a46e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2dc66b4057ce4cf0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53373ecbc8ee4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R121c236a2524449a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on RENK Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>80,330</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>79,880</x:t>
-[...335 lines deleted...]
-          <x:t>10.02.2026</x:t>
+          <x:t>84,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,070</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>85,390</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>