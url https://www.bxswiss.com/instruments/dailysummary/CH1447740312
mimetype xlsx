--- v0 (2025-11-03)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R696d2f36b73d43a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a25629ecec41f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4cb4f7d877954041"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2796b511f44998"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d2029c13ba14179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4cb4f7d877954041" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0351df1b7d7480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2796b511f44998" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...144 lines deleted...]
-          <x:t>95,340</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,730</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>96,410</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,950</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.10.2025</x:t>
-[...208 lines deleted...]
-          <x:t>95,180</x:t>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>