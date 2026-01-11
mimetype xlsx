--- v1 (2025-11-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37a25629ecec41f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re237186aa9e24e91" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6c2796b511f44998"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d49abd6f414b2c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0351df1b7d7480d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6c2796b511f44998" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f25b2e0b7494aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d49abd6f414b2c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...215 lines deleted...]
-          <x:t>04.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,770</x:t>
-[...360 lines deleted...]
-          <x:t>82,950</x:t>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>