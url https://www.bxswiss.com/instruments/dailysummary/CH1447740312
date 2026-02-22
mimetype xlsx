--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re237186aa9e24e91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f693166b214990" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R00d49abd6f414b2c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340e3e9cfad44605"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4f25b2e0b7494aff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R00d49abd6f414b2c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b48b2ffb564dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340e3e9cfad44605" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...203 lines deleted...]
-          <x:t>83,690</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,800</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>23.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,350</x:t>
-[...198 lines deleted...]
-          <x:t>94,690</x:t>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>