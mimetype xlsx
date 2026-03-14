--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f693166b214990" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c13dfcfcefe440e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R340e3e9cfad44605"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d2d9d886b5e4f36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc2b48b2ffb564dcf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R340e3e9cfad44605" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0453497f3e1437f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d2d9d886b5e4f36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.20% p.a. Barrier Reverse Convertible on Hensoldt</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740312</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...107 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,810</x:t>
+          <x:t>87,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>89,810</x:t>
-[...168 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>82,140</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>81,920</x:t>
-[...97 lines deleted...]
-          <x:t>84,570</x:t>
+          <x:t>84,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>84,540</x:t>
-[...166 lines deleted...]
-          <x:t>88,520</x:t>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>