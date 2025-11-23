--- v0 (2025-11-03)
+++ v1 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ce638441234419" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra455cf01dfaf4ee9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R555f51a54f354a77"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8ce8e81c9e4581"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65e53ee7dce340f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R555f51a54f354a77" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb6445db4ce4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8ce8e81c9e4581" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...247 lines deleted...]
-          <x:t>91,270</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,880</x:t>
-[...188 lines deleted...]
-          <x:t>96,880</x:t>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>