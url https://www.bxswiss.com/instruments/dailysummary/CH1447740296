--- v1 (2025-11-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra455cf01dfaf4ee9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1266a6d7ee4844f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b8ce8e81c9e4581"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd62a0897e84fb8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0cb6445db4ce4791" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b8ce8e81c9e4581" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6822722c32472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd62a0897e84fb8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>11.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>90,990</x:t>
-[...225 lines deleted...]
-          <x:t>76,875</x:t>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>