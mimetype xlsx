--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1266a6d7ee4844f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9c01a96f2f4359" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbd62a0897e84fb8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6e4e89d6fc448a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree6822722c32472b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbd62a0897e84fb8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddb816e7b454cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6e4e89d6fc448a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>81,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,420</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>