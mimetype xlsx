--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a9c01a96f2f4359" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f1b0b03e2a4850" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6f6e4e89d6fc448a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd5370bab4d4bde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ddb816e7b454cb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6f6e4e89d6fc448a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7a4c5a27e44785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd5370bab4d4bde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>89,500</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,540</x:t>
-[...220 lines deleted...]
-          <x:t>87,040</x:t>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>