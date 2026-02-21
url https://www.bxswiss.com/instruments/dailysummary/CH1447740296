--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48f1b0b03e2a4850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdddd09de4bd94ce9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbfd5370bab4d4bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e09ed2165dc4b34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree7a4c5a27e44785" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbfd5370bab4d4bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c13692c29d4916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e09ed2165dc4b34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>83,790</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,490</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>90,110</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>