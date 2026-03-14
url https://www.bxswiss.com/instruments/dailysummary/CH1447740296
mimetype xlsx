--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdddd09de4bd94ce9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re85725ec235c429e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0e09ed2165dc4b34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce1878c9815d446e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8c13692c29d4916" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0e09ed2165dc4b34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd89e87c3a1194901" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce1878c9815d446e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on D-Wave Quantum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740296</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>70,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>