--- v0 (2025-10-31)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b757fed297a4317" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6411397d484615" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8385d13f83644c14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf64cb30af124b50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb15074ba357142fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8385d13f83644c14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6eb5b3a9f74319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf64cb30af124b50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,506 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...48 lines deleted...]
-          <x:t>09.10.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,695</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>10.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,325</x:t>
-[...156 lines deleted...]
-          <x:t>98,950</x:t>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,500</x:t>
-[...220 lines deleted...]
-          <x:t>97,620</x:t>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>