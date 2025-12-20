--- v1 (2025-11-21)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c6411397d484615" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d7e1aebae44c4d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf64cb30af124b50"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73aff1347c504e5f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6eb5b3a9f74319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf64cb30af124b50" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c6d40571714cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73aff1347c504e5f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>98,950</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>98,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,000</x:t>
-[...102 lines deleted...]
-          <x:t>98,060</x:t>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>99,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>