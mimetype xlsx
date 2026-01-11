--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R28d7e1aebae44c4d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3bc99d0e314df5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73aff1347c504e5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5807803c1dd94420"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R20c6d40571714cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73aff1347c504e5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70177123b8ff435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5807803c1dd94420" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>99,190</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,210</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>99,010</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,510</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.11.2025</x:t>
-[...95 lines deleted...]
-          <x:t>99,650</x:t>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...482 lines deleted...]
-          <x:t>98,840</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>