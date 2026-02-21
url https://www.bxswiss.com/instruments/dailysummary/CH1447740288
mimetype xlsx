--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e3bc99d0e314df5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a7c8ba4a504130" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5807803c1dd94420"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed7181acc664104"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70177123b8ff435c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5807803c1dd94420" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed8314940a5407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed7181acc664104" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,540</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>