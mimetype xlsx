--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a7c8ba4a504130" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re75576616f5f4e08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raed7181acc664104"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdaf42cc5b2cc40cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ed8314940a5407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raed7181acc664104" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8b09475adda450b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdaf42cc5b2cc40cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740288</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...198 lines deleted...]
-          <x:t>94,430</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...347 lines deleted...]
-          <x:t>91,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,000</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>93,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>