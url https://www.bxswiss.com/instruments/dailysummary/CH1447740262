--- v0 (2025-11-03)
+++ v1 (2025-11-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68062631279a4d58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e8cc578be949dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99d0f4af91d74843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4be863dd8f14198"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra682e82d42904b73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99d0f4af91d74843" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a67683de864dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4be863dd8f14198" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,479 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...80 lines deleted...]
-          <x:t>101,215</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,490</x:t>
-[...16 lines deleted...]
-          <x:t>100,610</x:t>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,460</x:t>
-[...129 lines deleted...]
-          <x:t>101,775</x:t>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,365</x:t>
-[...156 lines deleted...]
-          <x:t>98,930</x:t>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31.10.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,610</x:t>
+          <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,180</x:t>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>