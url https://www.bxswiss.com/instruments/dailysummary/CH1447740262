--- v1 (2025-11-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re7e8cc578be949dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redcdb0e014e048ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4be863dd8f14198"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50750d791d6b439d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a67683de864dad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4be863dd8f14198" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20e2289bf264154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50750d791d6b439d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>99,200</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>