--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redcdb0e014e048ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea6a581adb34a35" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50750d791d6b439d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38141ac131244222"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc20e2289bf264154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50750d791d6b439d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009328e67c8b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38141ac131244222" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,960</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>