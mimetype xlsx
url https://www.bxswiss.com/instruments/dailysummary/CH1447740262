--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdea6a581adb34a35" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7fbd417d5581430e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38141ac131244222"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4f3c25480ac44a39"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R009328e67c8b484e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38141ac131244222" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd35e4835e1ee4092" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4f3c25480ac44a39" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.00% p.a. Barrier Reverse Convertible on Givaudan</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740262</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...161 lines deleted...]
-          <x:t>29.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,660</x:t>
-[...441 lines deleted...]
-          <x:t>93,620</x:t>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>