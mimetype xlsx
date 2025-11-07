--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d0212c35b97407f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc44c03f93fa345a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a74419e91104d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70aeb984687a42da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7bf851d689f74a7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a74419e91104d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d1aa8187fe4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70aeb984687a42da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,559 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>99,530</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,270</x:t>
-[...168 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,340</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>99,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...30 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,890</x:t>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>