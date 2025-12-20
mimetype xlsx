--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc44c03f93fa345a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9af3b42244e44d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70aeb984687a42da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec4f88086b14587"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4d1aa8187fe4a7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70aeb984687a42da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde13ec61c52746ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec4f88086b14587" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...296 lines deleted...]
-          <x:t>21.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,700</x:t>
-[...333 lines deleted...]
-          <x:t>97,770</x:t>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>