--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc9af3b42244e44d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad3ee770d8e48bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec4f88086b14587"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc1b6a406b44a06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde13ec61c52746ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec4f88086b14587" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a2a8bfc9524e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc1b6a406b44a06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>95,210</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,160</x:t>
+          <x:t>94,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,570</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...262 lines deleted...]
-          <x:t>93,830</x:t>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>