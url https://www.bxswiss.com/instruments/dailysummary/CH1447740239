--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcad3ee770d8e48bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96220839f6604719" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Redc1b6a406b44a06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R863e42cf2aa04b91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra8a2a8bfc9524e07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Redc1b6a406b44a06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3daa54b56f144e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R863e42cf2aa04b91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.80% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740239</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>95,830</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,290</x:t>
-[...4 lines deleted...]
-          <x:t>96,210</x:t>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>