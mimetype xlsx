--- v0 (2025-10-16)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e680e8a726e4c0a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61eb8b9513ef452e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbba7531fae1a4945"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6015f3d9acb84b22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e293efcfe7c484b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbba7531fae1a4945" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5367ff28f5f249fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6015f3d9acb84b22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>97,110</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,290</x:t>
-[...75 lines deleted...]
-          <x:t>97,690</x:t>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>97,750</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>