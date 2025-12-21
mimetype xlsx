--- v1 (2025-12-20)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R61eb8b9513ef452e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a424c60c434b3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6015f3d9acb84b22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c2c1edd8ba42f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5367ff28f5f249fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6015f3d9acb84b22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04af18e017b94276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c2c1edd8ba42f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>