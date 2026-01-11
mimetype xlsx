--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5a424c60c434b3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8bae66abd04b2a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7c2c1edd8ba42f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c949e8c5723482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04af18e017b94276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7c2c1edd8ba42f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17485790b20a4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c949e8c5723482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,556 +149,151 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>97,200</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,960</x:t>
-[...300 lines deleted...]
-        <x:is>
           <x:t>97,830</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,440</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>