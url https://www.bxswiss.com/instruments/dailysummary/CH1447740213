--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb8bae66abd04b2a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44af59549ed34d56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c949e8c5723482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5fb7203bb1e4e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17485790b20a4125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c949e8c5723482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R404a799154c64b14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5fb7203bb1e4e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14.20% p.a. Barrier Reverse Convertible on Moderna</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740213</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>100,825</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>