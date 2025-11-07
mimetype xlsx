--- v0 (2025-10-17)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5bc31d9d769340be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd95b650228dc4fe9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd1c7601fc8f47bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2175b0d99cc940f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eef2794de564d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd1c7601fc8f47bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb022b054b2584404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2175b0d99cc940f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,546 +149,141 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...230 lines deleted...]
-          <x:t>98,460</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,840</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>01.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,970</x:t>
-[...107 lines deleted...]
-          <x:t>99,540</x:t>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,040</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>99,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,770</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,920</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>