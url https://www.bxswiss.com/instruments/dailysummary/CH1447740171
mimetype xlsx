--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd95b650228dc4fe9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fe3eb866df4a1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2175b0d99cc940f5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b951518a5847bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb022b054b2584404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2175b0d99cc940f5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781ea916e7d94e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b951518a5847bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,270</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>