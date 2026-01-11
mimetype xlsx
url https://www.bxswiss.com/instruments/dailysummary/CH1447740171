--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8fe3eb866df4a1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254748eeecaa4a2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R33b951518a5847bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ca0e3278974392"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R781ea916e7d94e61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R33b951518a5847bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a6e524771a4fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ca0e3278974392" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...63 lines deleted...]
-          <x:t>94,240</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,590</x:t>
-[...33 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,470</x:t>
-[...4 lines deleted...]
-          <x:t>93,840</x:t>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,270</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>02.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,030</x:t>
-[...360 lines deleted...]
-          <x:t>95,180</x:t>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>