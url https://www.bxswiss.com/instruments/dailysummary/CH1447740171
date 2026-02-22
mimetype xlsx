--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R254748eeecaa4a2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7816a84f0a0948cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08ca0e3278974392"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb05a413923ae47ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0a6e524771a4fdd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08ca0e3278974392" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d753b3561514d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb05a413923ae47ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,840</x:t>
-[...306 lines deleted...]
-          <x:t>97,540</x:t>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>