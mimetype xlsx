--- v4 (2026-02-22)
+++ v5 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7816a84f0a0948cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59454d96820d4139" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb05a413923ae47ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R561e2625c8084515"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d753b3561514d9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb05a413923ae47ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8dc9a9d210ad4e9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R561e2625c8084515" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740171</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>92,990</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,500</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...214 lines deleted...]
-        <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>90,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>