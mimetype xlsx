--- v0 (2025-10-16)
+++ v1 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raeed4c89699e4588" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5cce12d37384385" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75433b25d56c4f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re415b959041f4c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b4e0067e5b64768" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75433b25d56c4f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R326be535f68b4ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re415b959041f4c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>103,865</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>103,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...487 lines deleted...]
-          <x:t>102,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>