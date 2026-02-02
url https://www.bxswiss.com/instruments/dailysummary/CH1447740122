--- v1 (2025-12-27)
+++ v2 (2026-02-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5cce12d37384385" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfebcfd087440a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re415b959041f4c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc5af87ae734a6a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R326be535f68b4ca3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re415b959041f4c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90afedad9a1b48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc5af87ae734a6a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>101,295</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...492 lines deleted...]
-          <x:t>100,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>