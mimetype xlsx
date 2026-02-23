--- v2 (2026-02-02)
+++ v3 (2026-02-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbbfebcfd087440a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6e59c38c60042ed" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcfc5af87ae734a6a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c10487c522843c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90afedad9a1b48ba" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcfc5af87ae734a6a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19791e2db77c4aae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c10487c522843c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Comet</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740122</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,370</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>