--- v0 (2025-10-16)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re42fc8d455974c9c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c8991336ca4092" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R867177d6f3844d33"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784dad561bcd44ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c0962e9e0c47b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R867177d6f3844d33" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef5ca0813ad4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784dad561bcd44ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>101,665</x:t>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,730</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>105,440</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,720</x:t>
-[...11 lines deleted...]
-          <x:t>104,810</x:t>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,460</x:t>
-[...38 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>105,520</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>07.10.2025</x:t>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,200</x:t>
+          <x:t>104,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,660</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>104,510</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>