--- v1 (2025-11-07)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63c8991336ca4092" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2952d1ce6fba4638" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R784dad561bcd44ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f4cf9153d04ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbef5ca0813ad4290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R784dad561bcd44ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f3e2e0dd524866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f4cf9153d04ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...193 lines deleted...]
-          <x:t>104,510</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,440</x:t>
-[...11 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,770</x:t>
-[...354 lines deleted...]
-        <x:is>
           <x:t>104,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,550</x:t>
-[...53 lines deleted...]
-          <x:t>104,590</x:t>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>