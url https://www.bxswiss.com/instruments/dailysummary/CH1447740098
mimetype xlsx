--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2952d1ce6fba4638" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1bfc58efa14845" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R62f4cf9153d04ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b127b1803e34b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R92f3e2e0dd524866" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R62f4cf9153d04ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c6d8a4922643eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b127b1803e34b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,980</x:t>
-[...16 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>101,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>101,880</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>101,875</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,755</x:t>
-[...193 lines deleted...]
-          <x:t>101,835</x:t>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>