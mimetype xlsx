--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c1bfc58efa14845" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8648d69577cf408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4b127b1803e34b25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61164a523b8b48d4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90c6d8a4922643eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4b127b1803e34b25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247e1bd9c0f64b30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61164a523b8b48d4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.60% p.a. Barrier Reverse Convertible on Intel</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740098</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>102,420</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>