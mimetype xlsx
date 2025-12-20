--- v0 (2025-10-21)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc00da406ebb94829" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cb21bfbbf64b3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71b8bcc714b940ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f0d67bc3474467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc0350a4cf544913" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71b8bcc714b940ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef50af8a6d5404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f0d67bc3474467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,110</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,700</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...531 lines deleted...]
-          <x:t>100,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,250</x:t>
-[...26 lines deleted...]
-          <x:t>100,540</x:t>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>