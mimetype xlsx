--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra8cb21bfbbf64b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3eed0a416cd463d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R20f0d67bc3474467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d9f2b90da3b4405"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reef50af8a6d5404b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R20f0d67bc3474467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab329b6bde3443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d9f2b90da3b4405" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,930</x:t>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,900</x:t>
-[...269 lines deleted...]
-          <x:t>94,790</x:t>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>