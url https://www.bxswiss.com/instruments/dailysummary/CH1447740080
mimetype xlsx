--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3eed0a416cd463d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9a69d21c814558" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d9f2b90da3b4405"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb580a1afcd95451b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ab329b6bde3443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d9f2b90da3b4405" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c49c9e0c17415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb580a1afcd95451b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>92,230</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,040</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>94,720</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,210</x:t>
-[...377 lines deleted...]
-          <x:t>93,370</x:t>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>