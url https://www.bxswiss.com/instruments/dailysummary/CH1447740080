--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9a69d21c814558" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14a574f5b17849b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb580a1afcd95451b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1b398a3a28494357"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R65c49c9e0c17415c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb580a1afcd95451b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R695281b10c0a4a2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1b398a3a28494357" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447740080</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,600</x:t>
-        </x:is>
-[...391 lines deleted...]
-          <x:t>93,980</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>