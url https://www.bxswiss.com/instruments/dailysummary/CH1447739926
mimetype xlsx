--- v0 (2025-10-31)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R159a30c2b6ae4f68" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42aa5d8fff5b4c87" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17815cf0a63b4150"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf010e2a76f93493d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R309312960ca14cea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17815cf0a63b4150" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0decf5a6aa054431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf010e2a76f93493d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,566 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...253 lines deleted...]
-          <x:t>103,355</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,685</x:t>
-[...6 lines deleted...]
-          <x:t>17.10.2025</x:t>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,935</x:t>
-[...129 lines deleted...]
-          <x:t>99,190</x:t>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,160</x:t>
-[...112 lines deleted...]
-          <x:t>99,590</x:t>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>