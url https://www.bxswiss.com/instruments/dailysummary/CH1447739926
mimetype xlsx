--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42aa5d8fff5b4c87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78afe6327e6d480d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf010e2a76f93493d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492c33ad4a7243bc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0decf5a6aa054431" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf010e2a76f93493d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd990d52a3e1c4a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492c33ad4a7243bc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...306 lines deleted...]
-          <x:t>98,220</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,590</x:t>
-        </x:is>
-[...327 lines deleted...]
-          <x:t>100,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>