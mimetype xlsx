--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78afe6327e6d480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2a9cf708774164" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R492c33ad4a7243bc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78470c6f9bb54beb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd990d52a3e1c4a74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R492c33ad4a7243bc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a5431491ed745a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78470c6f9bb54beb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>97,930</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,170</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>97,590</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>