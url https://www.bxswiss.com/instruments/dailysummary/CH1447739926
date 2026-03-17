--- v3 (2026-02-21)
+++ v4 (2026-03-17)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d2a9cf708774164" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R592e4ff07423463f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78470c6f9bb54beb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09fcd65b87894a3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a5431491ed745a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78470c6f9bb54beb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R23830f56f1e443cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09fcd65b87894a3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.60% p.a. Barrier Reverse Convertible on IonQ</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739926</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>88,460</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>