--- v0 (2025-10-25)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba5e69ac30304fa8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acf45b82d364449" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R615ba2d7a3254a08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828dd565b2544c58"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0c3ec745c864ce2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R615ba2d7a3254a08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9312c55a8f4658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828dd565b2544c58" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,526 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...51 lines deleted...]
-          <x:t>102,440</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,235</x:t>
-[...232 lines deleted...]
-          <x:t>101,475</x:t>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,945</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>101,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,185</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>100,340</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>100,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>