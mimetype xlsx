--- v1 (2025-11-14)
+++ v2 (2025-12-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4acf45b82d364449" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a8e8851bf34b83" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R828dd565b2544c58"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0925e13425904b73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e9312c55a8f4658" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R828dd565b2544c58" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra746aff18a8143ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0925e13425904b73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>98,880</x:t>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,810</x:t>
-[...16 lines deleted...]
-          <x:t>98,160</x:t>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,380</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,360</x:t>
-[...134 lines deleted...]
-          <x:t>97,250</x:t>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>