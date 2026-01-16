--- v2 (2025-12-27)
+++ v3 (2026-01-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76a8e8851bf34b83" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe330155d90443c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0925e13425904b73"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274587223de942a1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra746aff18a8143ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0925e13425904b73" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484acd3f3d4b45b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274587223de942a1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.11.2025</x:t>
-[...112 lines deleted...]
-          <x:t>97,070</x:t>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,310</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...217 lines deleted...]
-          <x:t>97,570</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,860</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>99,150</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,220</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>99,360</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>