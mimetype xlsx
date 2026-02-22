--- v3 (2026-01-16)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fe330155d90443c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e661e4b9f1847d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R274587223de942a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59b689be9e24250"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R484acd3f3d4b45b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R274587223de942a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09a77c8bdd4a4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59b689be9e24250" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,040</x:t>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,360</x:t>
-[...151 lines deleted...]
-          <x:t>99,280</x:t>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...163 lines deleted...]
-          <x:t>99,930</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>