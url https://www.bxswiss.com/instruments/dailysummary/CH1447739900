--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9e661e4b9f1847d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdebd30e83e4a4110" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re59b689be9e24250"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbf3e124c012d4c8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09a77c8bdd4a4c29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re59b689be9e24250" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73b440ef6f5a4930" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbf3e124c012d4c8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.00% p.a. Barrier Reverse Convertible on Novo Nordisk</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,578 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>91,140</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,820</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...72 lines deleted...]
-          <x:t>92,510</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,590</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>93,270</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>92,230</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>92,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,160</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,260</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>