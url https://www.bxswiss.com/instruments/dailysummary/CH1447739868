--- v0 (2025-11-13)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbaafa0304eb145e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaac45f8a91241a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf570008738234a2f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9833c2aac9c4050"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4255aa48769943f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf570008738234a2f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0fc9c03d5343a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9833c2aac9c4050" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...328 lines deleted...]
-          <x:t>100,040</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>99,600</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>101,245</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,105</x:t>
-[...31 lines deleted...]
-          <x:t>101,825</x:t>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>