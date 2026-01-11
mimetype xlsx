--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcaac45f8a91241a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb5e6a8de21540e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra9833c2aac9c4050"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d91708713fb46db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0fc9c03d5343a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra9833c2aac9c4050" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b48a305b73a47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d91708713fb46db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,655</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,230</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>21.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,735</x:t>
-[...549 lines deleted...]
-          <x:t>102,520</x:t>
+          <x:t>100,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>