--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb5e6a8de21540e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3276994f9bbe42d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d91708713fb46db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8481cb719644f04"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b48a305b73a47b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d91708713fb46db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06ff44f790d48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8481cb719644f04" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...350 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,200</x:t>
-[...85 lines deleted...]
-          <x:t>100,280</x:t>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>