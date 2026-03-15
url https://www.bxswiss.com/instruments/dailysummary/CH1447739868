--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3276994f9bbe42d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f54fc972cac47a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8481cb719644f04"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R171c981760154ff7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re06ff44f790d48b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8481cb719644f04" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75ed685b38664222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R171c981760154ff7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Volkswagen</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739868</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>100,280</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,240</x:t>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,560</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>100,715</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,620</x:t>
-[...16 lines deleted...]
-          <x:t>100,725</x:t>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,540</x:t>
-[...48 lines deleted...]
-          <x:t>100,140</x:t>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...307 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>100,410</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>