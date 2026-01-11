--- v0 (2025-10-31)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ded0331c8814c63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147b8d44742d45ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd64cb02d9c48c5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc006653ca23d460e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R786f1588ca1f4561" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd64cb02d9c48c5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241172bed15c4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc006653ca23d460e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,566 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.09.2025</x:t>
-[...533 lines deleted...]
-          <x:t>100,080</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>