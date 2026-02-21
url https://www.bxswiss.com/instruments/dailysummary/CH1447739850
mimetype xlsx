--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R147b8d44742d45ab" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3740677629d74ed2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc006653ca23d460e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea1a758c51a24644"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R241172bed15c4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc006653ca23d460e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60f523aedaf440e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea1a758c51a24644" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>90,660</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>