--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3740677629d74ed2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd15a8f7b5476458f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea1a758c51a24644"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc43995d3270b4345"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60f523aedaf440e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea1a758c51a24644" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21143cfdb13f48a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc43995d3270b4345" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.20% p.a. Barrier Reverse Convertible on Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...247 lines deleted...]
-          <x:t>88,840</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,500</x:t>
-[...382 lines deleted...]
-          <x:t>91,500</x:t>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>