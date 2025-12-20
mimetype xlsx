--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7f17fdf7ef4a75" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1b33b474ff14b8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17d2b68ac837493e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54b1175463b94746"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c7da31d448b4b05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17d2b68ac837493e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5acab0bf734447cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54b1175463b94746" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,486 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...55 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>101,055</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,035</x:t>
-[...355 lines deleted...]
-          <x:t>100,500</x:t>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>