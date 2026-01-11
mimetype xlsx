--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc1b33b474ff14b8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd4565252a64487" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R54b1175463b94746"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff1ffbed6cf41e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5acab0bf734447cf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R54b1175463b94746" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7999bb19ebb40b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff1ffbed6cf41e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...139 lines deleted...]
-          <x:t>100,925</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,925</x:t>
-[...102 lines deleted...]
-          <x:t>102,130</x:t>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,865</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...143 lines deleted...]
-          <x:t>09.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,100</x:t>
-[...156 lines deleted...]
-          <x:t>101,495</x:t>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>101,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>