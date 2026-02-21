--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7cd4565252a64487" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24864006e79f4df3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ff1ffbed6cf41e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9174733adb094e62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc7999bb19ebb40b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ff1ffbed6cf41e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0339c32bfeb9418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9174733adb094e62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...392 lines deleted...]
-          <x:t>100,590</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,705</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...45 lines deleted...]
-          <x:t>100,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>