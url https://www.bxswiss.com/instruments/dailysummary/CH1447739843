--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R24864006e79f4df3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fe654ab2a0540fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9174733adb094e62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra39f37f449ca414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0339c32bfeb9418c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9174733adb094e62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R660050b4986c40e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra39f37f449ca414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.40% p.a. Barrier Reverse Convertible on Alcon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739843</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,390</x:t>
-[...31 lines deleted...]
-          <x:t>100,040</x:t>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>23.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,920</x:t>
-[...156 lines deleted...]
-          <x:t>99,450</x:t>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,240</x:t>
-[...173 lines deleted...]
-          <x:t>11.02.2026</x:t>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,590</x:t>
-[...75 lines deleted...]
-          <x:t>98,810</x:t>
+          <x:t>99,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,510</x:t>
-[...107 lines deleted...]
-          <x:t>99,850</x:t>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>