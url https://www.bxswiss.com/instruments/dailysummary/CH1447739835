--- v0 (2025-11-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R02fe979667af46f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fad5f9ddc50412d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R72a11dd9b6b24d61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba563670d9e4ded"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra60ddfff8e8744c6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R72a11dd9b6b24d61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b551efce3804c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba563670d9e4ded" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>101,425</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>101,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,005</x:t>
-[...313 lines deleted...]
-          <x:t>101,445</x:t>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,415</x:t>
-[...31 lines deleted...]
-          <x:t>101,125</x:t>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>