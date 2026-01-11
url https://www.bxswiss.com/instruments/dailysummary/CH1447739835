--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fad5f9ddc50412d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e084e6cf34240e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ba563670d9e4ded"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485f6e40aad0427a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b551efce3804c9c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ba563670d9e4ded" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37e4d0ea798a4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485f6e40aad0427a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,910</x:t>
-[...21 lines deleted...]
-          <x:t>101,225</x:t>
+          <x:t>102,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,435</x:t>
-        </x:is>
-[...602 lines deleted...]
-          <x:t>102,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>