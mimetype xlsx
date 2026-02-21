--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e084e6cf34240e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346a9f243b784dd1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R485f6e40aad0427a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6a783882d994131"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R37e4d0ea798a4e01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R485f6e40aad0427a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b182a3afe24b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6a783882d994131" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>101,435</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>