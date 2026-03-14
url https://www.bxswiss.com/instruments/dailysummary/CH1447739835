--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346a9f243b784dd1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4139a12220594460" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6a783882d994131"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3a820eb9a6e42fb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96b182a3afe24b2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6a783882d994131" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0bde162a1e614c33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3a820eb9a6e42fb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.40% p.a. Barrier Reverse Convertible on Richemont</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739835</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>99,290</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,750</x:t>
-[...11 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...298 lines deleted...]
-          <x:t>99,300</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,290</x:t>
-[...269 lines deleted...]
-          <x:t>100,430</x:t>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>