--- v0 (2025-10-09)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0a601dc22004c4f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779fbc3e38714d15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R53c319a0899e4745"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9e07254a78426d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf77ca8ca7cd74043" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R53c319a0899e4745" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R219fa97688844105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9e07254a78426d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Strategy 115% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,045</x:t>
-[...345 lines deleted...]
-          <x:t>10,585</x:t>
+          <x:t>10,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,990</x:t>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,010</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,100</x:t>
-[...225 lines deleted...]
-          <x:t>10,785</x:t>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>