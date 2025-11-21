--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R779fbc3e38714d15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f99d7c874bd4eb4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcf9e07254a78426d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae06f226821f4eec"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R219fa97688844105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcf9e07254a78426d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e85b4d74a2b481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae06f226821f4eec" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Strategy 115% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...306 lines deleted...]
-          <x:t>10,260</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,100</x:t>
-[...16 lines deleted...]
-          <x:t>10,230</x:t>
+          <x:t>10,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,100</x:t>
-[...6 lines deleted...]
-          <x:t>16.10.2025</x:t>
+          <x:t>9,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>9,185</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,945</x:t>
-[...65 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>9,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>24.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,495</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>9,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,375</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>9,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,165</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>