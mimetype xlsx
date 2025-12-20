--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f99d7c874bd4eb4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264b1e6811bb45b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae06f226821f4eec"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f15e0ffca3a43ad"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e85b4d74a2b481d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae06f226821f4eec" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a5353bfadf43b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f15e0ffca3a43ad" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Strategy 115% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...522 lines deleted...]
-          <x:t>6,885</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,875</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>6,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>