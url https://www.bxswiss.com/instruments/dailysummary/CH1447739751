--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R264b1e6811bb45b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0598feb115ee4264" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1f15e0ffca3a43ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb906aabe9def478c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46a5353bfadf43b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1f15e0ffca3a43ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1f1eb901324e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb906aabe9def478c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Strategy 115% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>5,720</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>5,570</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>5,500</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,580</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...337 lines deleted...]
-          <x:t>5,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,560</x:t>
-[...60 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>5,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>5,560</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>