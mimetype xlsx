--- v4 (2026-01-11)
+++ v5 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0598feb115ee4264" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6914dfd2c2c94ea2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb906aabe9def478c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c62a8b514c4d15"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f1f1eb901324e97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb906aabe9def478c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc4a02f0e974521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c62a8b514c4d15" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Strategy 115% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,940</x:t>
-[...70 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>6,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,425</x:t>
-[...333 lines deleted...]
-          <x:t>5,355</x:t>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,621</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>