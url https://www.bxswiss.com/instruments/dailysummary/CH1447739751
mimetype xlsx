--- v5 (2026-01-31)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6914dfd2c2c94ea2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5778b92fba84453" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07c62a8b514c4d15"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8827104c4bb24a44"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fc4a02f0e974521" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07c62a8b514c4d15" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a981d53f1d4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8827104c4bb24a44" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Strategy 115% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,475</x:t>
-[...53 lines deleted...]
-          <x:t>5,345</x:t>
+          <x:t>5,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,345</x:t>
-[...237 lines deleted...]
-          <x:t>5,195</x:t>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,315</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>5,255</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.01.2026</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,982</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,984</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>