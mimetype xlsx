--- v6 (2026-02-21)
+++ v7 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5778b92fba84453" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R104c269f28f74862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8827104c4bb24a44"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc36374695c6d4dae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28a981d53f1d4df1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8827104c4bb24a44" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0bbe40483444776" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc36374695c6d4dae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Strategy 115% Covered Call Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447739751</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,624</x:t>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,621</x:t>
-[...377 lines deleted...]
-          <x:t>4,224</x:t>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,623</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>