--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R62844f4299a84728" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f3fe18bb0341b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcedcb1130fc048f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb094282f7b2d4374"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca5d36913cc46e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcedcb1130fc048f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0859050773f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb094282f7b2d4374" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...522 lines deleted...]
-          <x:t>99,430</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>13.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,810</x:t>
-[...26 lines deleted...]
-          <x:t>98,480</x:t>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,170</x:t>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>