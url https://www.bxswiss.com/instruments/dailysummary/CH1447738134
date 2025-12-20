--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00f3fe18bb0341b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337ba9a0f8194d76" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb094282f7b2d4374"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf48e260faa41e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc0859050773f41e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb094282f7b2d4374" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803fafe482b24d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf48e260faa41e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,551 +149,92 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...26 lines deleted...]
-          <x:t>27.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,600</x:t>
-[...452 lines deleted...]
-        <x:is>
           <x:t>98,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,350</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>97,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,750</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,020</x:t>
         </x:is>
       </x:c>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>