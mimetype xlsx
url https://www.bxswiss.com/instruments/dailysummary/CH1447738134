--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337ba9a0f8194d76" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd2a9d5227649fa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4bf48e260faa41e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9557336a45be4e5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R803fafe482b24d39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4bf48e260faa41e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8e93ab9dde456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9557336a45be4e5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...242 lines deleted...]
-          <x:t>01.12.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,160</x:t>
-[...387 lines deleted...]
-          <x:t>94,990</x:t>
+          <x:t>96,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>