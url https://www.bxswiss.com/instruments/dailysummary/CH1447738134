--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dd2a9d5227649fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a60aadc0d564168" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9557336a45be4e5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c1b092fa284bee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde8e93ab9dde456a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9557336a45be4e5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832463c5cb384b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c1b092fa284bee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...458 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,730</x:t>
-[...9 lines deleted...]
-          <x:t>96,730</x:t>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,790</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>