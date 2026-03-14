--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a60aadc0d564168" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90bf14e396e64035" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2c1b092fa284bee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R772eefe31ec040e1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R832463c5cb384b5c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2c1b092fa284bee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R308f85b3763d4e18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R772eefe31ec040e1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on WTI Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738134</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>96,790</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>