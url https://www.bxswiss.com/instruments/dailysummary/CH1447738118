--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f2339a84a594be6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd58a2aadbfe477e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9e1607f815ee4a63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f89ef2a96ad43cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01d11056d7624bd7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9e1607f815ee4a63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ecf89e69944799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f89ef2a96ad43cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...404 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,900</x:t>
-[...171 lines deleted...]
-          <x:t>96,510</x:t>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>