--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd58a2aadbfe477e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2952bd72534943" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f89ef2a96ad43cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134538e1156349ee"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66ecf89e69944799" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f89ef2a96ad43cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709e6a855361400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134538e1156349ee" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>94,380</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,440</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...300 lines deleted...]
-          <x:t>13.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,910</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>97,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,440</x:t>
-[...85 lines deleted...]
-          <x:t>94,970</x:t>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>