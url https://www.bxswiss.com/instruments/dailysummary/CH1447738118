--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce2952bd72534943" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf470763cb4734643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R134538e1156349ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6afa71e7f8a54e95"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R709e6a855361400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R134538e1156349ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587407ace8b946ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6afa71e7f8a54e95" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...252 lines deleted...]
-          <x:t>98,670</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,290</x:t>
-[...21 lines deleted...]
-          <x:t>98,440</x:t>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,850</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.12.2025</x:t>
-[...343 lines deleted...]
-          <x:t>97,940</x:t>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>