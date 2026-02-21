--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf470763cb4734643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R806e55afb6fc4af4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6afa71e7f8a54e95"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R317548f2c23246e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R587407ace8b946ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6afa71e7f8a54e95" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae278c492a5f4f01" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R317548f2c23246e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10.80% p.a. Barrier Reverse Convertible on On Holding</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>97,810</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,390</x:t>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,520</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,020</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>97,150</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,850</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>97,430</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,370</x:t>
-[...53 lines deleted...]
-          <x:t>98,080</x:t>
+          <x:t>98,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,400</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>97,620</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,470</x:t>
-[...26 lines deleted...]
-          <x:t>99,460</x:t>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,740</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,850</x:t>
-[...53 lines deleted...]
-          <x:t>98,850</x:t>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,960</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>