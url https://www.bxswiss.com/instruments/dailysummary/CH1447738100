--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa5f3ed7fdc54379" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ca47b0a023459a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R013f3d51268e4be7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7588a4ea24164471"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4611d558bc5f4e7d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R013f3d51268e4be7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93d75454238413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7588a4ea24164471" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...80 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,330</x:t>
-[...232 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,020</x:t>
-[...252 lines deleted...]
-          <x:t>101,425</x:t>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>