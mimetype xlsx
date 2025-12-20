--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00ca47b0a023459a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b27ba798184f12" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7588a4ea24164471"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee0ae3b54374409"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd93d75454238413c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7588a4ea24164471" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828f9328d38243f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee0ae3b54374409" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>