--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07b27ba798184f12" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1cd10c8e684c5e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ee0ae3b54374409"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb57d92b77a4d22"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R828f9328d38243f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ee0ae3b54374409" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a65b830a5540d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb57d92b77a4d22" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,700</x:t>
-[...48 lines deleted...]
-          <x:t>87,420</x:t>
+          <x:t>87,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,630</x:t>
-[...65 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,630</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...146 lines deleted...]
-          <x:t>87,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>