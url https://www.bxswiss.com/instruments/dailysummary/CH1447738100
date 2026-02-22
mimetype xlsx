--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a1cd10c8e684c5e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9336a5ffff9c48af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcbb57d92b77a4d22"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c7f91435ec444c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R33a65b830a5540d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcbb57d92b77a4d22" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdcc5b71d89d49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c7f91435ec444c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,100</x:t>
-[...107 lines deleted...]
-          <x:t>93,400</x:t>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,820</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>90,810</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,740</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>