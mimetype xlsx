--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9336a5ffff9c48af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R556f86a526ce46ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0c7f91435ec444c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd9969e7537f4e4c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdcc5b71d89d49cc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0c7f91435ec444c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R325eaba7769a4b1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd9969e7537f4e4c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.40% p.a. Barrier Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +332,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,020</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>