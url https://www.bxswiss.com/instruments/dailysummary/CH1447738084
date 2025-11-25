--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ec2c8d42e0c45f5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f4c8712e9249e4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7a34251746a4163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8c93b7536f54f55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd898b4dcef4b45cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7a34251746a4163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21560aad76f54958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8c93b7536f54f55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>91,530</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>94,440</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>94,690</x:t>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,830</x:t>
-[...173 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>93,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,280</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>96,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,720</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>96,700</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>