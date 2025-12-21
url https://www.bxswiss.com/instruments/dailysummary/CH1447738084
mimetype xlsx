--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95f4c8712e9249e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491d8c5d68ef485a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8c93b7536f54f55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5235ca80863f4302"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R21560aad76f54958" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8c93b7536f54f55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc398af38624e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5235ca80863f4302" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...257 lines deleted...]
-          <x:t>96,090</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.11.2025</x:t>
+          <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,970</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>97,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,180</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>