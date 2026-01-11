--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R491d8c5d68ef485a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349de5f053e14c6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5235ca80863f4302"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214743ef96484115"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4fc398af38624e47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5235ca80863f4302" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16dfdfb8ccb94523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214743ef96484115" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,070</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>91,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>