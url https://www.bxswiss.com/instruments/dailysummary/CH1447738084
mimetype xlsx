--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349de5f053e14c6b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b9f242cf3b4416" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R214743ef96484115"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bc4be62d4bc4a0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16dfdfb8ccb94523" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R214743ef96484115" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra598b025991a4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bc4be62d4bc4a0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>89,000</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,950</x:t>
-[...404 lines deleted...]
-          <x:t>94,250</x:t>
+          <x:t>88,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>