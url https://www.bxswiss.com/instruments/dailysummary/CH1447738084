--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42b9f242cf3b4416" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra753d77ae9cf47d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5bc4be62d4bc4a0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d0a2ad8ae8d448d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra598b025991a4fb3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5bc4be62d4bc4a0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb7e2280b6cea4ae1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d0a2ad8ae8d448d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.20% p.a. Barrier Reverse Convertible on Adecco</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>89,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>88,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>