--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c6b1dbeb66c4de6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834896e2b7c24ba8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R691f94bdcac049c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2cf69caccb439c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra29b0bdcafc741f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R691f94bdcac049c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa930bbbd6a4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2cf69caccb439c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>101,265</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,135</x:t>
-[...75 lines deleted...]
-          <x:t>101,875</x:t>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,545</x:t>
-[...6 lines deleted...]
-          <x:t>25.09.2025</x:t>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>14.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,635</x:t>
-[...9 lines deleted...]
-          <x:t>101,465</x:t>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>