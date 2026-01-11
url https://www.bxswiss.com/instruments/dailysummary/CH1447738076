--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R834896e2b7c24ba8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07d063633e348d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b2cf69caccb439c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8566f7978525466a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0fa930bbbd6a4adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b2cf69caccb439c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28495fa6bc1e4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8566f7978525466a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...220 lines deleted...]
-          <x:t>101,950</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,655</x:t>
-[...11 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,515</x:t>
-[...333 lines deleted...]
-          <x:t>100,400</x:t>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>