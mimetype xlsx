--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb07d063633e348d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630a6d4fe1d041a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8566f7978525466a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d0e89614df4cc7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28495fa6bc1e4078" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8566f7978525466a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b841145e624219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d0e89614df4cc7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...107 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,695</x:t>
-[...205 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,970</x:t>
-[...117 lines deleted...]
-          <x:t>101,265</x:t>
+          <x:t>100,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>