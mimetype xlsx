--- v3 (2026-02-22)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R630a6d4fe1d041a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4005d2f3e5b14fcb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35d0e89614df4cc7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfcc3ee48bf5448d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b841145e624219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35d0e89614df4cc7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b4ebc3422074b08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfcc3ee48bf5448d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.60% p.a. Barrier Reverse Convertible on ABB</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,065</x:t>
-[...603 lines deleted...]
-          <x:t>103,265</x:t>
+          <x:t>100,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>