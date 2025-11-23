--- v0 (2025-10-14)
+++ v1 (2025-11-23)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raa8dd805d6b9405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14194a3dcebb40d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R41586781f07744e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a05e8a3e874194"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re89f907f181744ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R41586781f07744e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48156c7570d4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a05e8a3e874194" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sandoz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>99,350</x:t>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>