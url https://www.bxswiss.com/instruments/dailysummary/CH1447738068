--- v1 (2025-11-23)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14194a3dcebb40d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf94789bc631416e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38a05e8a3e874194"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d5de55f90a4b8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc48156c7570d4d0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38a05e8a3e874194" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4998ed7d60904ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d5de55f90a4b8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sandoz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.10.2025</x:t>
-[...122 lines deleted...]
-          <x:t>100,390</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>101,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,860</x:t>
-[...38 lines deleted...]
-          <x:t>06.11.2025</x:t>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,750</x:t>
-[...16 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,320</x:t>
-        </x:is>
-[...283 lines deleted...]
-          <x:t>101,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>