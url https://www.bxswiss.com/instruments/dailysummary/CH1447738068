--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbf94789bc631416e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0dfd3feaef41b3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra6d5de55f90a4b8a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b209fe19474ae3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4998ed7d60904ab1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra6d5de55f90a4b8a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6a148eb90d4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b209fe19474ae3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sandoz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...26 lines deleted...]
-          <x:t>19.11.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,990</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>101,160</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,590</x:t>
-[...70 lines deleted...]
-          <x:t>101,240</x:t>
+          <x:t>101,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,050</x:t>
-        </x:is>
-[...494 lines deleted...]
-          <x:t>101,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>