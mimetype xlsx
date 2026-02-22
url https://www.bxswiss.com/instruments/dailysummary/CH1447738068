--- v3 (2026-01-10)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a0dfd3feaef41b3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba73336cb6464380" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01b209fe19474ae3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra626ed6d538141be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf6a148eb90d4762" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01b209fe19474ae3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83a6d13bb0054531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra626ed6d538141be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sandoz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...342 lines deleted...]
-          <x:t>101,800</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,800</x:t>
-[...58 lines deleted...]
-          <x:t>102,050</x:t>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>