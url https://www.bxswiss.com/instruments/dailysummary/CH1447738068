--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba73336cb6464380" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6903e5f39714896" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra626ed6d538141be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R299b37f8b86e4c57"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83a6d13bb0054531" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra626ed6d538141be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R964c11834f4f477d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R299b37f8b86e4c57" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.00% p.a. Barrier Reverse Convertible on Sandoz</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447738068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>102,580</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,510</x:t>
-[...60 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,850</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...497 lines deleted...]
-          <x:t>103,110</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,660</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>