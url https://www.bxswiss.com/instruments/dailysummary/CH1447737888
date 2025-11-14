--- v0 (2025-10-22)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfe2f1f167cc549b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a260c4f40bd4fad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ae86a2c15904430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fb88e9b24f4dc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1e2feffae24415e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ae86a2c15904430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e233e91ae64a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fb88e9b24f4dc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>100,655</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>100,450</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...333 lines deleted...]
-          <x:t>100,695</x:t>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,450</x:t>
-[...222 lines deleted...]
-          <x:t>22.10.2025</x:t>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,540</x:t>
-        </x:is>
-[...8 lines deleted...]
-          <x:t>99,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>