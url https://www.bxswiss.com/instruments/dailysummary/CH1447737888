--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a260c4f40bd4fad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98f09838b13446d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3fb88e9b24f4dc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6913ee3d484bfd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3e233e91ae64a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3fb88e9b24f4dc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1076cd8de24960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6913ee3d484bfd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>99,340</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,360</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...546 lines deleted...]
-          <x:t>99,540</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>