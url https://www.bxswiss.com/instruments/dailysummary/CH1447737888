--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra98f09838b13446d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05800d8e46424e1d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc6913ee3d484bfd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa89558514d64bff"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf1076cd8de24960" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc6913ee3d484bfd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ef412b34cbc4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa89558514d64bff" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...122 lines deleted...]
-          <x:t>97,040</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,390</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>97,900</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,950</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>97,680</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...330 lines deleted...]
-          <x:t>96,970</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>