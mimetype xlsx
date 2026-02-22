--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05800d8e46424e1d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7a392cecdc04ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa89558514d64bff"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1a6419fac7c45e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ef412b34cbc4959" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa89558514d64bff" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2439f4b548714d66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1a6419fac7c45e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.60% p.a. Barrier Reverse Convertible on Brent Crude Oil</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>99,030</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>