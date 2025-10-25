--- v0 (2025-10-02)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd347c16d9e2744d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988d085e71814342" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56515e4572d54adf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd3d5c9be8994710"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c050d5c50954fd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56515e4572d54adf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c214a2ff5e04824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd3d5c9be8994710" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>101,215</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,060</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>102,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,505</x:t>
-[...75 lines deleted...]
-          <x:t>102,520</x:t>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>102,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>102,360</x:t>
-[...296 lines deleted...]
-          <x:t>103,110</x:t>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>