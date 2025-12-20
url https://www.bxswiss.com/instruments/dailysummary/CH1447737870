--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R988d085e71814342" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce3e82e8f9a495f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfd3d5c9be8994710"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90e4cfbcbcc4590"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c214a2ff5e04824" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfd3d5c9be8994710" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R283627b8e1854609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90e4cfbcbcc4590" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>102,900</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>