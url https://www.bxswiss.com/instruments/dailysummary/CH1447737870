--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ce3e82e8f9a495f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c3b7174bed47f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re90e4cfbcbcc4590"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81e4a975c87455b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R283627b8e1854609" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re90e4cfbcbcc4590" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94161dd7cd344932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81e4a975c87455b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,855</x:t>
-[...53 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,490</x:t>
-[...566 lines deleted...]
-          <x:t>100,210</x:t>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,985</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>