--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R26c3b7174bed47f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f52aad7e4d14797" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd81e4a975c87455b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R429415beb61e4014"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94161dd7cd344932" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd81e4a975c87455b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650c6fef484a401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R429415beb61e4014" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>99,810</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,450</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>29.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,280</x:t>
-[...171 lines deleted...]
-          <x:t>100,985</x:t>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>