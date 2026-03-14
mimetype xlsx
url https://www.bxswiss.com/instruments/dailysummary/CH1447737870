--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f52aad7e4d14797" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1b8a69af007949f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R429415beb61e4014"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc721164095f3495e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R650c6fef484a401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R429415beb61e4014" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R63319a5d22eb4ddb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc721164095f3495e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Palantir Technologies</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1447737870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>101,265</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,250</x:t>
-[...119 lines deleted...]
-          <x:t>97,560</x:t>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,490</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>98,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,540</x:t>
-[...198 lines deleted...]
-          <x:t>97,200</x:t>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>